--- v0 (2025-10-28)
+++ v1 (2025-12-17)
@@ -1,580 +1,1119 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/_rels/workbook.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
-[...1 lines deleted...]
-</Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/extendedProperties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/customProperties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...2 lines deleted...]
-  <workbookProtection/>
+<workbook xmlns="http://purl.oclc.org/ooxml/spreadsheetml/main" xmlns:r="http://purl.oclc.org/ooxml/officeDocument/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2" conformance="strict">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <workbookPr dateCompatibility="0" defaultThemeVersion="166925"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\10.1.2.90\secretaria\secretaria\2025\Diarias\09 Setembro\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3E0CBEC9-1685-41E7-836D-5662E99E79CD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{98C7CAE5-F58C-4011-8B55-3E3FBDD1740A}"/>
   </bookViews>
   <sheets>
-    <sheet name="Diárias" sheetId="1" state="visible" r:id="rId2"/>
+    <sheet name="Diárias" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.0001"/>
+  <calcPr calcId="181029" iterateDelta="1E-4"/>
   <extLst>
-    <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
-      <loext:extCalcPr stringRefSyntax="CalcA1ExcelA1"/>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{79F54976-1DA5-4618-B147-4CDE4B953A38}">
+      <x14:workbookPr/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://purl.oclc.org/ooxml/spreadsheetml/main">
+  <c r="G10" i="1" l="1"/>
+  <c r="G9" i="1"/>
+  <c r="G8" i="1"/>
+  <c r="G7" i="1"/>
+  <c r="G5" i="1"/>
+  <c r="G4" i="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="13">
-[...37 lines deleted...]
-    <t xml:space="preserve">VEREADORES</t>
+<sst xmlns="http://purl.oclc.org/ooxml/spreadsheetml/main" count="39" uniqueCount="29">
+  <si>
+    <t>DIÁRIAS SETEMBRO 2025</t>
+  </si>
+  <si>
+    <t>SERVIDORES/FUNÇÃO</t>
+  </si>
+  <si>
+    <t>MOTIVAÇÃO</t>
+  </si>
+  <si>
+    <t>DATA</t>
+  </si>
+  <si>
+    <t>Nº DE DIÁRIAS</t>
+  </si>
+  <si>
+    <t>VALOR DAS DIÁRIAS</t>
+  </si>
+  <si>
+    <t>CUSTOS DE LOCOMOÇÃO</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>Inara Conceição da Silva    agente administrativo auxiliar</t>
+  </si>
+  <si>
+    <t>para participar do Curso “3025/0209 – LICITAÇÃO – ORIENTAÇÕES INDISPENSÁVEIS Capacitação sobre etapas, editais, sessões públicas, julgamento de propostas e lance, atribuições da equipe, estudio de caso, simulações reais, uso de plataformas eletronicas e jurisprudência aplicada”. Promovido pela INLEGIS, em Porto Alegre/RS</t>
+  </si>
+  <si>
+    <t>02, 03, 04 e 05 de setembro de 2025</t>
+  </si>
+  <si>
+    <t>3 diáras e Meia</t>
+  </si>
+  <si>
+    <t>Franciele Gomes Borge  Assessor de Vereador</t>
+  </si>
+  <si>
+    <r>
+      <t>Para Participar do “</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Seminário Regional de Acessibilidade para o Poder Público</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>”, em Osório/RS</t>
+    </r>
+  </si>
+  <si>
+    <t>29 de setembro de 2025</t>
+  </si>
+  <si>
+    <t>Meia Diária</t>
+  </si>
+  <si>
+    <t>VEREADORES</t>
+  </si>
+  <si>
+    <t>Marcelo de Jesus Pedone da Silva Vereador</t>
+  </si>
+  <si>
+    <t>Para Participar de Reunioes com representante da empresa Auto Aviação Santa Cruz, e na Secretaria Estadual de Cultura, em Porto Alegre/RS</t>
+  </si>
+  <si>
+    <t>03, 04 de setembro de 2025</t>
+  </si>
+  <si>
+    <t>2 meia diárias</t>
+  </si>
+  <si>
+    <t>Dangelo Motta Soares Vereador</t>
+  </si>
+  <si>
+    <t>Jorge Rene Pereira Júnior</t>
+  </si>
+  <si>
+    <t>Para Participar da Reunião com representante da empresa Auto Aviação Santa Cruz, em Porto Alegre/RS</t>
+  </si>
+  <si>
+    <t>03 de setembro de 2025</t>
+  </si>
+  <si>
+    <t>1 meia diárias</t>
+  </si>
+  <si>
+    <t>Jorge Amaro de Souza Borges</t>
+  </si>
+  <si>
+    <t>para Participar do lançamento do inventário dos sabores e fazeres de lã do RS, em Esteio/RS</t>
+  </si>
+  <si>
+    <t>02de setembro de 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...5 lines deleted...]
-    <numFmt numFmtId="168" formatCode="&quot;R$&quot;#,##0.00;[RED]&quot;-R$&quot;#,##0.00"/>
+<styleSheet xmlns="http://purl.oclc.org/ooxml/spreadsheetml/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="4">
+    <numFmt numFmtId="164" formatCode="[$R$-416]&quot; &quot;#,##0.00;[Red]&quot;-&quot;[$R$-416]&quot; &quot;#,##0.00"/>
+    <numFmt numFmtId="165" formatCode="[$R$]#,##0.00"/>
+    <numFmt numFmtId="166" formatCode="[$R$-416]#,##0.00"/>
+    <numFmt numFmtId="167" formatCode="[$R$]#,##0.00;[Red]&quot;-R$&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="10">
+  <fonts count="19">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <charset val="1"/>
-[...2 lines deleted...]
-      <sz val="10"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFCC0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FF808080"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF006600"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="24"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF0000EE"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF996600"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF333333"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="20"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="0"/>
-[...2 lines deleted...]
-      <sz val="10"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="0"/>
-[...4 lines deleted...]
-      <family val="0"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
-      <charset val="1"/>
-[...17 lines deleted...]
-      <b val="true"/>
+    </font>
+    <font>
+      <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
-      <charset val="1"/>
-[...2 lines deleted...]
-      <b val="true"/>
+    </font>
+    <font>
+      <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
-      <name val="Arial"/>
-[...8 lines deleted...]
-      <charset val="1"/>
+      <name val="Arial1"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="10">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor rgb="FF000000"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF808080"/>
+        <bgColor rgb="FF808080"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFDDDDDD"/>
+        <bgColor rgb="FFDDDDDD"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFCCCC"/>
+        <bgColor rgb="FFFFCCCC"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFCC0000"/>
+        <bgColor rgb="FFCC0000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFCCFFCC"/>
+        <bgColor rgb="FFCCFFCC"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFCC"/>
+        <bgColor rgb="FFFFFFCC"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor rgb="FF99CC00"/>
-        <bgColor rgb="FFFFCC00"/>
+        <bgColor rgb="FF99CC00"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
-    <border diagonalUp="false" diagonalDown="false">
-[...1 lines deleted...]
-      <right/>
+    <border>
+      <start/>
+      <end/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border diagonalUp="false" diagonalDown="false">
-[...3 lines deleted...]
-      <bottom style="thin"/>
+    <border>
+      <start style="thin">
+        <color rgb="FF808080"/>
+      </start>
+      <end style="thin">
+        <color rgb="FF808080"/>
+      </end>
+      <top style="thin">
+        <color rgb="FF808080"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF808080"/>
+      </bottom>
       <diagonal/>
     </border>
-    <border diagonalUp="false" diagonalDown="false">
-[...3 lines deleted...]
-      <bottom style="hair"/>
+    <border>
+      <start style="thin">
+        <color rgb="FF000000"/>
+      </start>
+      <end style="thin">
+        <color rgb="FF000000"/>
+      </end>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="20">
-[...22 lines deleted...]
-    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+  <cellStyleXfs count="19">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
-[...74 lines deleted...]
-      <protection locked="true" hidden="false"/>
+  <cellXfs count="18">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="17" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="16" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="16" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="16" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="6">
-[...5 lines deleted...]
-    <cellStyle name="Percent" xfId="19" builtinId="5"/>
+  <cellStyles count="19">
+    <cellStyle name="Accent" xfId="1" xr:uid="{8E230150-9384-4AC6-BF48-AA9202CD436B}"/>
+    <cellStyle name="Accent 1" xfId="2" xr:uid="{6B1F55EB-D0C0-4706-BB77-2CF577AF939C}"/>
+    <cellStyle name="Accent 2" xfId="3" xr:uid="{F4A1B147-7D17-42B9-BDB7-9BD3FACB1943}"/>
+    <cellStyle name="Accent 3" xfId="4" xr:uid="{13B569D5-4E39-4DC2-A9A3-74EB8CE13A98}"/>
+    <cellStyle name="Bad" xfId="5" xr:uid="{DE7EA110-375C-41F4-AE07-F17DAE0B6683}"/>
+    <cellStyle name="Error" xfId="6" xr:uid="{C4E55C2F-32BF-4753-9E21-53DE0A4D1927}"/>
+    <cellStyle name="Footnote" xfId="7" xr:uid="{EDC424AF-EA7B-48B4-BDD1-05424B2221EE}"/>
+    <cellStyle name="Good" xfId="8" xr:uid="{20F186C9-E20E-44FF-81BC-04B406A36696}"/>
+    <cellStyle name="Heading" xfId="9" xr:uid="{7C9AFC71-5F7C-4986-A4D8-B20D7B02A0D6}"/>
+    <cellStyle name="Heading 1" xfId="10" xr:uid="{44FFB1BE-98A4-4450-AA41-FF8EA14E8BED}"/>
+    <cellStyle name="Heading 2" xfId="11" xr:uid="{55CA14C2-0E9B-40B4-AC9A-4D06DF0670AF}"/>
+    <cellStyle name="Hyperlink" xfId="12" xr:uid="{C7A612D7-0A40-46B6-9638-82610A98EB6B}"/>
+    <cellStyle name="Neutral" xfId="13" xr:uid="{6BEDD45B-40DA-4FCC-8D06-46AAADF9094D}"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
+    <cellStyle name="Note" xfId="14" xr:uid="{9C16C950-D515-434A-B9A2-1C8AC8CEEAA6}"/>
+    <cellStyle name="Result" xfId="15" xr:uid="{8A228C0F-0B78-4435-9CC1-141C007833BE}"/>
+    <cellStyle name="Status" xfId="16" xr:uid="{280994BC-D4D8-4CFF-B6AB-C0F03DB91ADA}"/>
+    <cellStyle name="Text" xfId="17" xr:uid="{EE373538-6281-45C9-A44E-EEF946A53B43}"/>
+    <cellStyle name="Warning" xfId="18" xr:uid="{439BB7A7-3BEF-44D3-A027-ACA9DE0D8635}"/>
   </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-[...1 lines deleted...]
-</Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://purl.oclc.org/ooxml/officeDocument/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://purl.oclc.org/ooxml/drawingml/main" name="Tema do Office">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4472C4"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0%">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110%"/>
+                <a:satMod val="105%"/>
+                <a:tint val="67%"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50%">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105%"/>
+                <a:satMod val="103%"/>
+                <a:tint val="73%"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100%">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105%"/>
+                <a:satMod val="109%"/>
+                <a:tint val="81%"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0%">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103%"/>
+                <a:lumMod val="102%"/>
+                <a:tint val="94%"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50%">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110%"/>
+                <a:lumMod val="100%"/>
+                <a:shade val="100%"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100%">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99%"/>
+                <a:satMod val="120%"/>
+                <a:shade val="78%"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800%"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800%"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800%"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63%"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95%"/>
+            <a:satMod val="170%"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0%">
+              <a:schemeClr val="phClr">
+                <a:tint val="93%"/>
+                <a:satMod val="150%"/>
+                <a:shade val="98%"/>
+                <a:lumMod val="102%"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50%">
+              <a:schemeClr val="phClr">
+                <a:tint val="98%"/>
+                <a:satMod val="130%"/>
+                <a:shade val="90%"/>
+                <a:lumMod val="103%"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100%">
+              <a:schemeClr val="phClr">
+                <a:shade val="63%"/>
+                <a:satMod val="120%"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...3 lines deleted...]
-  <dimension ref="A1:G13"/>
+<worksheet xmlns="http://purl.oclc.org/ooxml/spreadsheetml/main" xmlns:r="http://purl.oclc.org/ooxml/officeDocument/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{17337181-403D-403D-8BE5-136DF7A1C764}">
+  <dimension ref="A1:G12"/>
   <sheetViews>
-    <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="80" zoomScaleNormal="80" zoomScalePageLayoutView="100" workbookViewId="0">
-      <selection pane="topLeft" activeCell="C5" activeCellId="0" sqref="C5"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.71484375" defaultRowHeight="15" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="13.9"/>
   <cols>
-    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="1" min="1" style="1" width="22.71"/>
-[...6 lines deleted...]
-    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="1025" min="8" style="1" width="8.86"/>
+    <col min="1" max="1" width="22.7109375" customWidth="1"/>
+    <col min="2" max="2" width="41.42578125" customWidth="1"/>
+    <col min="3" max="3" width="10" customWidth="1"/>
+    <col min="4" max="4" width="8.85546875" customWidth="1"/>
+    <col min="5" max="5" width="13.140625" style="16" customWidth="1"/>
+    <col min="6" max="6" width="14.7109375" style="16" customWidth="1"/>
+    <col min="7" max="7" width="12" style="16" customWidth="1"/>
+    <col min="8" max="1025" width="8.85546875" customWidth="1"/>
+    <col min="1026" max="1026" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" customFormat="false" ht="26.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A1" s="3" t="s">
+    <row r="1" spans="1:7" ht="26.25">
+      <c r="A1" s="17" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="3"/>
-[...4 lines deleted...]
-      <c r="G1" s="3"/>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
+      <c r="E1" s="17"/>
+      <c r="F1" s="17"/>
+      <c r="G1" s="17"/>
     </row>
-    <row r="2" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...6 lines deleted...]
-      <c r="G2" s="5"/>
+    <row r="2" spans="1:7" ht="15">
+      <c r="A2" s="1"/>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
     </row>
-    <row r="3" customFormat="false" ht="25.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A3" s="6" t="s">
+    <row r="3" spans="1:7" ht="25.5">
+      <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="7" t="s">
+      <c r="B3" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="7" t="s">
+      <c r="C3" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="7" t="s">
+      <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="E3" s="7" t="s">
+      <c r="E3" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="F3" s="7" t="s">
+      <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="G3" s="7" t="s">
+      <c r="G3" s="4" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="4" customFormat="false" ht="102.6" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A4" s="8" t="s">
+    <row r="4" spans="1:7" ht="114.75">
+      <c r="A4" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B4" s="9" t="s">
+      <c r="B4" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="C4" s="8" t="s">
+      <c r="C4" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="D4" s="8" t="s">
+      <c r="D4" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="E4" s="10" t="n">
+      <c r="E4" s="7">
         <v>1400</v>
       </c>
-      <c r="F4" s="11" t="n">
+      <c r="F4" s="8">
+        <v>142.30000000000001</v>
+      </c>
+      <c r="G4" s="9">
+        <f>E4+F4</f>
+        <v>1542.3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="42.75">
+      <c r="A5" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="7">
+        <v>150</v>
+      </c>
+      <c r="F5" s="10">
         <v>0</v>
       </c>
-      <c r="G4" s="12" t="n">
-[...1 lines deleted...]
-        <v>1400</v>
+      <c r="G5" s="9">
+        <f>E5+F5</f>
+        <v>150</v>
       </c>
     </row>
-    <row r="5" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...5 lines deleted...]
-      <c r="F5" s="11" t="n">
+    <row r="6" spans="1:7" ht="34.5" customHeight="1">
+      <c r="A6" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="E6" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="G6" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="51">
+      <c r="A7" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" s="12">
+        <v>400</v>
+      </c>
+      <c r="F7" s="7">
         <v>0</v>
       </c>
-      <c r="G5" s="12" t="n">
-        <f aca="false">E5+F5</f>
+      <c r="G7" s="13">
+        <f>E7+F7</f>
+        <v>400</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="48.75" customHeight="1">
+      <c r="A8" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C8" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D8" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" s="12">
+        <v>400</v>
+      </c>
+      <c r="F8" s="15">
         <v>0</v>
       </c>
+      <c r="G8" s="13">
+        <f>E8+F8</f>
+        <v>400</v>
+      </c>
     </row>
-    <row r="6" customFormat="false" ht="34.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-[...19 lines deleted...]
-        <v>7</v>
+    <row r="9" spans="1:7" ht="38.25">
+      <c r="A9" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="12">
+        <v>200</v>
+      </c>
+      <c r="F9" s="10">
+        <v>0</v>
+      </c>
+      <c r="G9" s="13">
+        <f>E9+F9</f>
+        <v>200</v>
       </c>
     </row>
-    <row r="7" customFormat="false" ht="46.6" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...5 lines deleted...]
-      <c r="F7" s="15" t="n">
+    <row r="10" spans="1:7" ht="44.25" customHeight="1">
+      <c r="A10" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="10">
+        <v>200</v>
+      </c>
+      <c r="F10" s="10">
         <v>0</v>
       </c>
-      <c r="G7" s="17" t="n">
-[...1 lines deleted...]
-        <v>0</v>
+      <c r="G10" s="13">
+        <f>E10+F10</f>
+        <v>200</v>
       </c>
     </row>
-    <row r="8" customFormat="false" ht="48.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-[...11 lines deleted...]
-      </c>
+    <row r="11" spans="1:7" ht="44.25" customHeight="1">
+      <c r="A11" s="5"/>
+      <c r="B11" s="6"/>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6"/>
+      <c r="E11" s="10"/>
+      <c r="F11" s="15"/>
+      <c r="G11" s="13"/>
     </row>
-    <row r="9" customFormat="false" ht="13.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...46 lines deleted...]
-      <c r="A13" s="13"/>
+    <row r="12" spans="1:7" ht="16.5" customHeight="1">
+      <c r="A12" s="5"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
-  <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
-[...5 lines deleted...]
-  </headerFooter>
+  <pageMargins left="0.78740157480314954" right="0.78740157480314954" top="0.78740157480314954" bottom="0.78740157480314954" header="0.51181102362204722" footer="0.51181102362204722"/>
+  <pageSetup paperSize="0" fitToWidth="0" fitToHeight="0" orientation="landscape" horizontalDpi="0" verticalDpi="0" copies="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template/>
+<Properties xmlns="http://purl.oclc.org/ooxml/officeDocument/extendedProperties" xmlns:vt="http://purl.oclc.org/ooxml/officeDocument/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Application>LibreOffice/7.4.1.2$Windows_X86_64 LibreOffice_project/3c58a8f3a960df8bc8fd77b461821e42c061c5f0</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Planilhas</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Diárias</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Oficial-Adm</dc:creator>
   <dc:description/>
-  <dc:language>pt-BR</dc:language>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:revision></cp:revision>
-[...1 lines deleted...]
-  <dc:title/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+<Properties xmlns="http://purl.oclc.org/ooxml/officeDocument/customProperties" xmlns:vt="http://purl.oclc.org/ooxml/officeDocument/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="HyperlinksChanged">
-    <vt:bool>0</vt:bool>
+    <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LinksUpToDate">
-    <vt:bool>0</vt:bool>
+    <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ScaleCrop">
-    <vt:bool>0</vt:bool>
+    <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ShareDoc">
-    <vt:bool>0</vt:bool>
+    <vt:bool>false</vt:bool>
   </property>
 </Properties>
 </file>